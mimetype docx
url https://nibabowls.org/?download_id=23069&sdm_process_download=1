--- v0 (2025-12-01)
+++ v1 (2026-03-16)
@@ -1038,113 +1038,113 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E106CEA" w14:textId="77777777" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Robert Watson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772F0B45" w14:textId="77777777" w:rsidR="002C50D7" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
+    <w:p w14:paraId="772F0B45" w14:textId="3C2B1E2C" w:rsidR="002C50D7" w:rsidRDefault="00631FF2" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2 Uniondale Street</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62D05418" w14:textId="77777777" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
+        <w:t>12 Cumnock Walk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D05418" w14:textId="72585B23" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="00631FF2" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Belfast</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D370AA3" w14:textId="5F752F6B" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
+        <w:t>Dundonald</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D370AA3" w14:textId="51746187" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E54193">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>BT</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>5 5BP</w:t>
+      <w:r w:rsidR="00631FF2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16 2SP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739FFAF5" w14:textId="77777777" w:rsidR="002C50D7" w:rsidRPr="00E54193" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B6B90FF" w14:textId="055877BE" w:rsidR="002C50D7" w:rsidRDefault="002C50D7" w:rsidP="002C50D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1622,100 +1622,101 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2017268329">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000936E6"/>
     <w:rsid w:val="00024379"/>
     <w:rsid w:val="00037B8A"/>
     <w:rsid w:val="00057C1B"/>
     <w:rsid w:val="00071D37"/>
     <w:rsid w:val="000936E6"/>
     <w:rsid w:val="000D3DF4"/>
     <w:rsid w:val="000E060A"/>
     <w:rsid w:val="001C5597"/>
     <w:rsid w:val="00217907"/>
     <w:rsid w:val="00224A2E"/>
     <w:rsid w:val="002267E1"/>
     <w:rsid w:val="00247D4C"/>
     <w:rsid w:val="00296A9D"/>
     <w:rsid w:val="002C3747"/>
     <w:rsid w:val="002C4724"/>
     <w:rsid w:val="002C50D7"/>
     <w:rsid w:val="002E08D4"/>
     <w:rsid w:val="0032128F"/>
     <w:rsid w:val="00324B75"/>
     <w:rsid w:val="00347DF1"/>
     <w:rsid w:val="0038151F"/>
     <w:rsid w:val="003A28F5"/>
     <w:rsid w:val="003B45E8"/>
     <w:rsid w:val="0040394A"/>
     <w:rsid w:val="00556563"/>
     <w:rsid w:val="00584AE3"/>
     <w:rsid w:val="005B03E6"/>
     <w:rsid w:val="005E595C"/>
     <w:rsid w:val="00603CCA"/>
     <w:rsid w:val="0060677D"/>
     <w:rsid w:val="00612A2D"/>
     <w:rsid w:val="0063173C"/>
+    <w:rsid w:val="00631FF2"/>
     <w:rsid w:val="00670AF1"/>
     <w:rsid w:val="00727C84"/>
     <w:rsid w:val="00727D2A"/>
     <w:rsid w:val="0077282C"/>
     <w:rsid w:val="00786C06"/>
     <w:rsid w:val="00881AA9"/>
     <w:rsid w:val="008C0687"/>
     <w:rsid w:val="008C221D"/>
+    <w:rsid w:val="008C7F17"/>
     <w:rsid w:val="008D0A2E"/>
     <w:rsid w:val="008E5BC2"/>
     <w:rsid w:val="00934C8E"/>
     <w:rsid w:val="00961714"/>
     <w:rsid w:val="009C493D"/>
     <w:rsid w:val="00A01D68"/>
     <w:rsid w:val="00A21B7D"/>
     <w:rsid w:val="00AD58CD"/>
     <w:rsid w:val="00B57A8E"/>
     <w:rsid w:val="00C01FC5"/>
     <w:rsid w:val="00C0231F"/>
     <w:rsid w:val="00C12164"/>
     <w:rsid w:val="00C30E2D"/>
     <w:rsid w:val="00C676C7"/>
     <w:rsid w:val="00C97398"/>
     <w:rsid w:val="00CB4318"/>
     <w:rsid w:val="00CD7BDE"/>
     <w:rsid w:val="00D1206D"/>
     <w:rsid w:val="00DE3535"/>
     <w:rsid w:val="00E54193"/>
     <w:rsid w:val="00EB1263"/>
     <w:rsid w:val="00ED6050"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>